--- v0 (2026-01-31)
+++ v1 (2026-03-19)
@@ -1,703 +1,701 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C3775F">
-[...1 lines deleted...]
-        <w:spacing w:beforeLines="50"/>
+    <w:p w14:paraId="7FB17EA7" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C3775F">
+      <w:pPr>
+        <w:spacing w:beforeLines="50" w:before="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>臺灣腎臟護理學會</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="5754BBDC" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>雜誌投稿聲明書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...13 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="68B7D60A" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F9B25C8" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E0555EE" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>著作人茲同意將下列著作發表於【臺灣腎臟護理學會雜誌】：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="1DBE5112" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="2938EF90" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...6 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="084B40DB" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A03C75B" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>之著作財產權無償讓與給【臺灣腎臟護理學會雜誌】。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...7 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="0E03D7F0" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="447FB88D" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>本篇未曾發表於其他雜誌，且同意在貴雜誌接受審查及刊登後，不刊登其他雜誌，同時遵守貴雜誌之投稿簡則規定，如違背</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>願受貴刊</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>編輯委員會裁決處理。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...15 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="72D7D30F" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CC8DE7C" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210C1497" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>惟</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>著作人仍保有著作權人格及下列個人使用之權利，如：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="677E9AA7" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLineChars="100" w:firstLine="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>一、本著作相關之商標權與專利權。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="7EFFE28A" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLineChars="100" w:firstLine="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>二、本著作之全部或部分著作人教學用之重製權。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="39A2BB39" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLineChars="100" w:firstLine="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>三、出版後，本著作之全部或部分用於著作人之書中或論文集中之使用權。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="32F5538C" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLineChars="100" w:firstLine="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>四、本著作用於著作人受</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>僱</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>機關內部分送之重製權或推銷用之使用權。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="0892F389" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:firstLineChars="100" w:firstLine="240"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>五、本著作及其所含資料之公開口述權。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...15 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="089581CD" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA13D55" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46BAD7FF" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>著作人擔保本著作係著作人之原創性著作，著作人並擔保本著作未含有毀謗或不法之內容，且未違反學術倫理及侵害他人智慧財產權。若因審稿、校稿因素導致著作名稱修正，著作人同意視為授權著作。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...23 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="08FD1D9E" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7165F0EA" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ED83BE3" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="787E6F78" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>所有作者簽名：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
-[...53 lines deleted...]
-    <w:p w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+    <w:p w14:paraId="2587401D" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50B35334" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A8BD45A" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="315E27BC" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04272321" w14:textId="77777777" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C7B5591" w14:textId="258148A2" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F4C7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t>通訊作者簽</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>名：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528E9ECD" w14:textId="6FF0CB50" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>姓</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009253B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>名：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="446EF384" w14:textId="12DB1EDF" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="300"/>
+        </w:rPr>
+        <w:t>通訊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>處</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F80EF02" w14:textId="2E932B1B" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="00C01753">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="405E1AAF" w14:textId="68B0C6F0" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="160"/>
+        </w:rPr>
+        <w:t>電子信</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>箱</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75328842" w14:textId="22BDAB34" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>住家</w:t>
+      </w:r>
+      <w:r w:rsidR="009253B6" w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>或</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>單位電</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>話</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EA24044" w14:textId="4253D012" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7AEC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="160"/>
+        </w:rPr>
+        <w:t>行動電</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>話</w:t>
+      </w:r>
+      <w:r w:rsidR="009253B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218846F3" w14:textId="29AFB51A" w:rsidR="00C01753" w:rsidRDefault="00C01753" w:rsidP="009253B6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r>
-[...213 lines deleted...]
-        <w:t>期：</w:t>
+      <w:r w:rsidR="009253B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>期</w:t>
+      </w:r>
+      <w:r w:rsidR="009253B6">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0A63">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>中華民國</w:t>
       </w:r>
       <w:r w:rsidR="00281030">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="007B4A28">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="007B4A28">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>TIME \@ "e</w:instrText>
       </w:r>
       <w:r w:rsidR="007B4A28">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>年</w:instrText>
       </w:r>
@@ -721,156 +719,156 @@
       </w:r>
       <w:r w:rsidR="007B4A28">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>日星期</w:instrText>
       </w:r>
       <w:r w:rsidR="007B4A28">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>W"</w:instrText>
       </w:r>
       <w:r w:rsidR="007B4A28">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
       <w:r w:rsidR="00281030">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C3775F">
+      <w:r w:rsidR="003D0A63">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>112</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3775F">
+        <w:t>115</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0A63">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00C3775F">
+      <w:r w:rsidR="003D0A63">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3775F">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0A63">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00C3775F">
+      <w:r w:rsidR="003D0A63">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3775F">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="003D0A63">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
         <w:t>日星期四</w:t>
       </w:r>
       <w:r w:rsidR="00281030">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D46364" w:rsidRPr="00C651E3" w:rsidRDefault="00C01753" w:rsidP="00C3775F">
+    <w:p w14:paraId="04168E61" w14:textId="77777777" w:rsidR="00D46364" w:rsidRPr="00C651E3" w:rsidRDefault="00C01753" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="100" w:afterLines="50" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:beforeLines="100" w:before="360" w:afterLines="50" w:after="180" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00D46364">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>臺灣腎臟護理學會</w:t>
       </w:r>
       <w:r w:rsidR="00D46364" w:rsidRPr="00AF0D72">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>英文摘要投稿切結書</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D46364" w:rsidRPr="00D46364" w:rsidRDefault="00D46364" w:rsidP="00C06256">
+    <w:p w14:paraId="7060D842" w14:textId="77777777" w:rsidR="00D46364" w:rsidRPr="00D46364" w:rsidRDefault="00D46364" w:rsidP="00C06256">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62A27" w:rsidRDefault="001F6BBA" w:rsidP="00C06256">
+    <w:p w14:paraId="4E553E95" w14:textId="77777777" w:rsidR="00D62A27" w:rsidRDefault="001F6BBA" w:rsidP="00C06256">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>本人</w:t>
       </w:r>
       <w:r w:rsidR="00A67314" w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>○○○、○○○</w:t>
       </w:r>
       <w:r w:rsidR="00A95887" w:rsidRPr="00247468">
         <w:rPr>
@@ -949,51 +947,51 @@
         </w:rPr>
         <w:t>醫療論述 □行政專案 □個案報告 □研究論文</w:t>
       </w:r>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>完成之著作</w:t>
       </w:r>
       <w:r w:rsidR="00414561">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>投稿</w:t>
       </w:r>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>於</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="00385042" w:rsidP="00C06256">
+    <w:p w14:paraId="374EB578" w14:textId="77777777" w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="00385042" w:rsidP="00C06256">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>臺灣腎臟護理學會雜誌</w:t>
       </w:r>
       <w:r w:rsidR="00247468" w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>且英文</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00247468" w:rsidRPr="00247468">
@@ -1004,55 +1002,55 @@
         <w:t>摘要經具醫護</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00247468" w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>背景專業人士潤稿</w:t>
       </w:r>
       <w:r w:rsidR="00E867AF" w:rsidRPr="00E867AF">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>特此聲明</w:t>
       </w:r>
       <w:r w:rsidR="00E867AF">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="001F6BBA" w:rsidP="00C3775F">
+    <w:p w14:paraId="6194802D" w14:textId="77777777" w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="001F6BBA" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="70" w:afterLines="70" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:beforeLines="70" w:before="252" w:afterLines="70" w:after="252" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>中文題目：</w:t>
       </w:r>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>『</w:t>
       </w:r>
       <w:r w:rsidR="00EA0CEA" w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
@@ -1069,105 +1067,105 @@
       </w:r>
       <w:r w:rsidR="00DC2CFA">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00E93F10" w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>』</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="001F6BBA" w:rsidP="001F6BBA">
+    <w:p w14:paraId="19063869" w14:textId="77777777" w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="001F6BBA" w:rsidP="001F6BBA">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:b/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>英文題目：</w:t>
       </w:r>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>『</w:t>
       </w:r>
       <w:r w:rsidR="00EA0CEA" w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00247468">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>』</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="001F6BBA" w:rsidP="00C06256">
+    <w:p w14:paraId="1EAEC380" w14:textId="77777777" w:rsidR="001F6BBA" w:rsidRPr="00247468" w:rsidRDefault="001F6BBA" w:rsidP="00C06256">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="480" w:hangingChars="200" w:hanging="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62A27" w:rsidRDefault="00C651E3" w:rsidP="001E15E8">
+    <w:p w14:paraId="318ED78C" w14:textId="77777777" w:rsidR="00D62A27" w:rsidRDefault="00C651E3" w:rsidP="001E15E8">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="500" w:lineRule="exact"/>
         <w:ind w:leftChars="100" w:left="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>本篇</w:t>
       </w:r>
       <w:r w:rsidR="001E15E8" w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>英文摘要經</w:t>
       </w:r>
@@ -1194,1125 +1192,1115 @@
       </w:r>
       <w:r w:rsidR="00247468" w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>，且本人</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00247468" w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>已參閱並</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00247468" w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>遵守臺灣腎臟護理學會</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006326F0" w:rsidRPr="00625125" w:rsidRDefault="00247468" w:rsidP="001E15E8">
+    <w:p w14:paraId="4FEFEBBA" w14:textId="77777777" w:rsidR="006326F0" w:rsidRPr="00625125" w:rsidRDefault="00247468" w:rsidP="001E15E8">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="500" w:lineRule="exact"/>
         <w:ind w:leftChars="100" w:left="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>投稿之相關規定，如有任何爭議，願全權負責。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005A4550" w:rsidRPr="00247468" w:rsidRDefault="005A4550" w:rsidP="00247468">
+    <w:p w14:paraId="42331E8E" w14:textId="77777777" w:rsidR="005A4550" w:rsidRPr="00247468" w:rsidRDefault="005A4550" w:rsidP="00247468">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:ind w:leftChars="209" w:left="548" w:hangingChars="19" w:hanging="46"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="00625125" w:rsidRDefault="001F6BBA" w:rsidP="00625125">
+    <w:p w14:paraId="3E27FB36" w14:textId="77777777" w:rsidR="001F6BBA" w:rsidRPr="00625125" w:rsidRDefault="001F6BBA" w:rsidP="00625125">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:ind w:leftChars="2408" w:left="5779" w:firstLine="461"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>此致</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="00625125" w:rsidRDefault="00247468" w:rsidP="00625125">
+    <w:p w14:paraId="1EDD275A" w14:textId="77777777" w:rsidR="001F6BBA" w:rsidRPr="00625125" w:rsidRDefault="00247468" w:rsidP="00625125">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="400" w:lineRule="atLeast"/>
         <w:ind w:left="5760" w:firstLine="480"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>臺灣腎臟護理學</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083684F" w:rsidRDefault="0083684F" w:rsidP="00A95887">
+    <w:p w14:paraId="253B6E48" w14:textId="77777777" w:rsidR="0083684F" w:rsidRDefault="0083684F" w:rsidP="00A95887">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00625125" w:rsidRPr="00625125" w:rsidRDefault="00625125" w:rsidP="00625125">
+    <w:p w14:paraId="740277AD" w14:textId="77777777" w:rsidR="00625125" w:rsidRPr="00625125" w:rsidRDefault="00625125" w:rsidP="00625125">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00625125">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>所有作者簽名：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00281030" w:rsidP="00C3775F">
+    <w:p w14:paraId="1DB6188B" w14:textId="77777777" w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00000000" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="70" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:beforeLines="70" w:before="252" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:kern w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:pict>
+        <w:pict w14:anchorId="1B334DFC">
           <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
             <v:path arrowok="t" fillok="f" o:connecttype="none"/>
             <o:lock v:ext="edit" shapetype="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1031" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:25.25pt;width:100.5pt;height:0;z-index:1" o:connectortype="straight"/>
+          <v:shape id="_x0000_s2055" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:25.25pt;width:100.5pt;height:0;z-index:1" o:connectortype="straight"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ○○○</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 親簽 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00281030" w:rsidP="00C3775F">
+    <w:p w14:paraId="6DD8472A" w14:textId="77777777" w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00000000" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="70" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00281030">
+        <w:spacing w:beforeLines="70" w:before="252" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:noProof/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:pict>
-          <v:shape id="_x0000_s1032" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:29pt;width:100.5pt;height:0;z-index:2" o:connectortype="straight"/>
+        <w:pict w14:anchorId="1A437964">
+          <v:shape id="_x0000_s2056" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:29pt;width:100.5pt;height:0;z-index:2" o:connectortype="straight"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ○○○</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 親簽 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00281030" w:rsidP="00C3775F">
+    <w:p w14:paraId="1D2EF8B7" w14:textId="77777777" w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00000000" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="70" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00281030">
+        <w:spacing w:beforeLines="70" w:before="252" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:noProof/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:pict>
-          <v:shape id="_x0000_s1033" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:28.25pt;width:100.5pt;height:0;z-index:3" o:connectortype="straight"/>
+        <w:pict w14:anchorId="2994B7B0">
+          <v:shape id="_x0000_s2057" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:28.25pt;width:100.5pt;height:0;z-index:3" o:connectortype="straight"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ○○○</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 親簽 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00281030" w:rsidP="00C3775F">
+    <w:p w14:paraId="2E085208" w14:textId="77777777" w:rsidR="0083684F" w:rsidRPr="00DC2CFA" w:rsidRDefault="00000000" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="70" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00281030">
+        <w:spacing w:beforeLines="70" w:before="252" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:noProof/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:pict>
-          <v:shape id="_x0000_s1034" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:28.2pt;width:100.5pt;height:0;z-index:4" o:connectortype="straight"/>
+        <w:pict w14:anchorId="4957A3EB">
+          <v:shape id="_x0000_s2058" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:28.2pt;width:100.5pt;height:0;z-index:4" o:connectortype="straight"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ○○○</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 親簽 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA" w:rsidRDefault="00281030" w:rsidP="00C3775F">
+    <w:p w14:paraId="103FD6AC" w14:textId="77777777" w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA" w:rsidRDefault="00000000" w:rsidP="00C3775F">
       <w:pPr>
         <w:widowControl/>
         <w:snapToGrid w:val="0"/>
-        <w:spacing w:beforeLines="70" w:line="360" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00281030">
+        <w:spacing w:beforeLines="70" w:before="252" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體"/>
           <w:noProof/>
           <w:kern w:val="0"/>
         </w:rPr>
-        <w:pict>
-          <v:shape id="_x0000_s1035" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:26.7pt;width:100.5pt;height:0;z-index:5" o:connectortype="straight"/>
+        <w:pict w14:anchorId="42384510">
+          <v:shape id="_x0000_s2059" type="#_x0000_t32" style="position:absolute;margin-left:83.45pt;margin-top:26.7pt;width:100.5pt;height:0;z-index:5" o:connectortype="straight"/>
         </w:pict>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA" w:rsidRPr="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> ○○○</w:t>
       </w:r>
       <w:r w:rsidR="00DC2CFA">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve"> 親簽 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="005E6D96" w:rsidRDefault="001F6BBA" w:rsidP="00C3775F">
-[...17 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+    <w:p w14:paraId="4F5A5C87" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F4C7C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="48"/>
+        </w:rPr>
+        <w:t>通訊作者簽</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>名：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589C7F15" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>姓</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>名：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C432E2" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="300"/>
+        </w:rPr>
+        <w:t>通訊</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>處</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F6BBA" w:rsidRPr="005E6D96" w:rsidRDefault="001F6BBA" w:rsidP="00DC2CFA">
-[...18 lines deleted...]
-          <w:kern w:val="0"/>
+    <w:p w14:paraId="2FE0AAF2" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E6D96">
-[...98 lines deleted...]
-          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+    </w:p>
+    <w:p w14:paraId="590ACB26" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="160"/>
+        </w:rPr>
+        <w:t>電子信</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>箱</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-      <w:r w:rsidR="00305E6B" w:rsidRPr="00305E6B">
-[...86 lines deleted...]
-      <w:r w:rsidR="00281030">
+    </w:p>
+    <w:p w14:paraId="0E20445A" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="20"/>
+        </w:rPr>
+        <w:t>住家或單位電</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00553117">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>話</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EAF87B" w14:textId="77777777" w:rsidR="00DE069C" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA7AEC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+          <w:spacing w:val="160"/>
+        </w:rPr>
+        <w:t>行動電</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>話</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0A74E5" w14:textId="4154BE96" w:rsidR="006E4F33" w:rsidRDefault="00DE069C" w:rsidP="00DE069C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing w:line="0" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+          <w:kern w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>日</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>期</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t>：中華民國</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>TIME \@ "e</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>年</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>M</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>月</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>d</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>日星期</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:instrText>W"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00625125">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> </w:instrText>
       </w:r>
-      <w:r w:rsidR="00281030">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C3775F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>112</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3775F">
+        <w:t>115</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
-      <w:r w:rsidR="00C3775F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3775F">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
         <w:t>月</w:t>
       </w:r>
-      <w:r w:rsidR="00C3775F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
-        <w:t>27</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C3775F">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
           <w:noProof/>
         </w:rPr>
         <w:t>日星期四</w:t>
       </w:r>
-      <w:r w:rsidR="00281030">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="標楷體" w:hAnsi="標楷體"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="006E4F33" w:rsidSect="00C3775F">
-      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0082238D" w:rsidRDefault="0082238D" w:rsidP="000D71D0">
+    <w:p w14:paraId="7B2DD4B0" w14:textId="77777777" w:rsidR="00C617AB" w:rsidRDefault="00C617AB" w:rsidP="000D71D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0082238D" w:rsidRDefault="0082238D" w:rsidP="000D71D0">
+    <w:p w14:paraId="0A787B4F" w14:textId="77777777" w:rsidR="00C617AB" w:rsidRDefault="00C617AB" w:rsidP="000D71D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
-    <w:panose1 w:val="02020300000000000000"/>
+    <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="細明體">
     <w:altName w:val="MingLiU"/>
-    <w:panose1 w:val="02020309000000000000"/>
+    <w:panose1 w:val="02020509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0082238D" w:rsidRDefault="0082238D" w:rsidP="000D71D0">
+    <w:p w14:paraId="1F9BFBD3" w14:textId="77777777" w:rsidR="00C617AB" w:rsidRDefault="00C617AB" w:rsidP="000D71D0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0082238D" w:rsidRDefault="0082238D" w:rsidP="000D71D0">
+    <w:p w14:paraId="522F0655" w14:textId="77777777" w:rsidR="00C617AB" w:rsidRDefault="00C617AB" w:rsidP="000D71D0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...73 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="27650"/>
+    <o:shapedefaults v:ext="edit" spidmax="2060"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:useNormalStyleForList/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001F6BBA"/>
     <w:rsid w:val="00010550"/>
     <w:rsid w:val="00016516"/>
     <w:rsid w:val="000462BB"/>
     <w:rsid w:val="0009171E"/>
     <w:rsid w:val="0009482B"/>
     <w:rsid w:val="000A0F6D"/>
     <w:rsid w:val="000D71D0"/>
     <w:rsid w:val="00120482"/>
     <w:rsid w:val="00135757"/>
+    <w:rsid w:val="001E15D6"/>
     <w:rsid w:val="001E15E8"/>
     <w:rsid w:val="001F6BBA"/>
     <w:rsid w:val="00206D37"/>
     <w:rsid w:val="00235A09"/>
     <w:rsid w:val="00247468"/>
     <w:rsid w:val="002754A6"/>
     <w:rsid w:val="00276686"/>
     <w:rsid w:val="00281030"/>
     <w:rsid w:val="00286ECB"/>
     <w:rsid w:val="00293D14"/>
     <w:rsid w:val="002B764E"/>
     <w:rsid w:val="002D1774"/>
     <w:rsid w:val="002F7D78"/>
     <w:rsid w:val="00305E6B"/>
     <w:rsid w:val="003434B3"/>
     <w:rsid w:val="00354E13"/>
     <w:rsid w:val="00385042"/>
     <w:rsid w:val="003C5624"/>
+    <w:rsid w:val="003D0A63"/>
     <w:rsid w:val="003E0275"/>
     <w:rsid w:val="003E432F"/>
     <w:rsid w:val="003E5248"/>
     <w:rsid w:val="00414561"/>
     <w:rsid w:val="004232A2"/>
     <w:rsid w:val="00455C0E"/>
     <w:rsid w:val="004617B8"/>
     <w:rsid w:val="00473859"/>
     <w:rsid w:val="004877A3"/>
     <w:rsid w:val="00530ECA"/>
     <w:rsid w:val="005351C5"/>
+    <w:rsid w:val="00553117"/>
     <w:rsid w:val="00572E03"/>
     <w:rsid w:val="00583A33"/>
     <w:rsid w:val="00584C6E"/>
     <w:rsid w:val="005A4550"/>
     <w:rsid w:val="005A4DA7"/>
     <w:rsid w:val="005B4944"/>
     <w:rsid w:val="005E6D96"/>
     <w:rsid w:val="00601809"/>
     <w:rsid w:val="00625125"/>
     <w:rsid w:val="006326F0"/>
     <w:rsid w:val="00647210"/>
     <w:rsid w:val="00666F8C"/>
     <w:rsid w:val="00676FC6"/>
     <w:rsid w:val="00687822"/>
     <w:rsid w:val="006B5011"/>
     <w:rsid w:val="006C5A6D"/>
     <w:rsid w:val="006E4F33"/>
     <w:rsid w:val="00702FE2"/>
     <w:rsid w:val="0072142D"/>
     <w:rsid w:val="0074243F"/>
     <w:rsid w:val="00766661"/>
     <w:rsid w:val="0079638C"/>
     <w:rsid w:val="007B39EF"/>
     <w:rsid w:val="007B4A28"/>
     <w:rsid w:val="007C3B8B"/>
     <w:rsid w:val="008163FF"/>
     <w:rsid w:val="0082238D"/>
     <w:rsid w:val="00834863"/>
     <w:rsid w:val="0083684F"/>
     <w:rsid w:val="00884187"/>
     <w:rsid w:val="008E3B16"/>
     <w:rsid w:val="008E6232"/>
+    <w:rsid w:val="008F4C7C"/>
+    <w:rsid w:val="009253B6"/>
     <w:rsid w:val="009273C6"/>
     <w:rsid w:val="009415C9"/>
     <w:rsid w:val="00944CCD"/>
     <w:rsid w:val="00970442"/>
     <w:rsid w:val="009A7B6E"/>
     <w:rsid w:val="009A7C4A"/>
     <w:rsid w:val="009B5D1E"/>
     <w:rsid w:val="009C19FE"/>
     <w:rsid w:val="009C2921"/>
     <w:rsid w:val="009C33B4"/>
     <w:rsid w:val="00A67314"/>
     <w:rsid w:val="00A95887"/>
+    <w:rsid w:val="00AA7AEC"/>
     <w:rsid w:val="00AD0150"/>
     <w:rsid w:val="00AF0D72"/>
     <w:rsid w:val="00B035FD"/>
     <w:rsid w:val="00B303AF"/>
     <w:rsid w:val="00B4232A"/>
     <w:rsid w:val="00B44DA4"/>
     <w:rsid w:val="00B630FD"/>
     <w:rsid w:val="00B92F32"/>
+    <w:rsid w:val="00BA5041"/>
     <w:rsid w:val="00BA6467"/>
     <w:rsid w:val="00BB229C"/>
     <w:rsid w:val="00BB39CA"/>
     <w:rsid w:val="00C01753"/>
     <w:rsid w:val="00C06256"/>
     <w:rsid w:val="00C3488C"/>
     <w:rsid w:val="00C3775F"/>
     <w:rsid w:val="00C535EA"/>
+    <w:rsid w:val="00C617AB"/>
     <w:rsid w:val="00C6341E"/>
     <w:rsid w:val="00C651E3"/>
     <w:rsid w:val="00C9762B"/>
     <w:rsid w:val="00CA32A6"/>
     <w:rsid w:val="00CA7BE8"/>
     <w:rsid w:val="00D301D6"/>
     <w:rsid w:val="00D46364"/>
     <w:rsid w:val="00D62A27"/>
     <w:rsid w:val="00D81580"/>
     <w:rsid w:val="00DA76D4"/>
     <w:rsid w:val="00DB20B1"/>
     <w:rsid w:val="00DC2CFA"/>
+    <w:rsid w:val="00DE069C"/>
     <w:rsid w:val="00E54D60"/>
+    <w:rsid w:val="00E66A68"/>
     <w:rsid w:val="00E71B5F"/>
     <w:rsid w:val="00E81120"/>
     <w:rsid w:val="00E867AF"/>
     <w:rsid w:val="00E93F10"/>
     <w:rsid w:val="00EA0CEA"/>
+    <w:rsid w:val="00EA17B9"/>
     <w:rsid w:val="00EB4FF3"/>
     <w:rsid w:val="00EC417B"/>
     <w:rsid w:val="00F10A2A"/>
     <w:rsid w:val="00F1702C"/>
     <w:rsid w:val="00F713EE"/>
     <w:rsid w:val="00F95564"/>
     <w:rsid w:val="00FA63DF"/>
     <w:rsid w:val="00FF56CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:uiCompat97To2003/>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="27650"/>
+    <o:shapedefaults v:ext="edit" spidmax="2060"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
       <o:rules v:ext="edit">
-        <o:r id="V:Rule6" type="connector" idref="#_x0000_s1033"/>
-[...3 lines deleted...]
-        <o:r id="V:Rule10" type="connector" idref="#_x0000_s1032"/>
+        <o:r id="V:Rule1" type="connector" idref="#_x0000_s2058"/>
+        <o:r id="V:Rule2" type="connector" idref="#_x0000_s2057"/>
+        <o:r id="V:Rule3" type="connector" idref="#_x0000_s2056"/>
+        <o:r id="V:Rule4" type="connector" idref="#_x0000_s2059"/>
+        <o:r id="V:Rule5" type="connector" idref="#_x0000_s2055"/>
       </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="007DC266"/>
+  <w15:docId w15:val="{031EABDC-258B-4EA6-B3EE-C011046BC794}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -2380,247 +2368,340 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00276686"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="001F6BBA"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:cs="新細明體"/>
       <w:kern w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="002F7D78"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a5"/>
     <w:rsid w:val="000D71D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="頁首 字元"/>
     <w:link w:val="a4"/>
     <w:rsid w:val="000D71D0"/>
     <w:rPr>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a7"/>
     <w:rsid w:val="000D71D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="頁尾 字元"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="000D71D0"/>
     <w:rPr>
       <w:kern w:val="2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00A95887"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Plain Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aa"/>
     <w:rsid w:val="00C651E3"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New"/>
       <w:szCs w:val="20"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aa">
     <w:name w:val="純文字 字元"/>
     <w:link w:val="a9"/>
     <w:rsid w:val="00C651E3"/>
     <w:rPr>
       <w:rFonts w:ascii="細明體" w:eastAsia="細明體" w:hAnsi="Courier New"/>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="a0"/>
     <w:rsid w:val="00C3775F"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1755977412">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.tnna.org.tw/home/table_list.asp" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2880,58 +2961,58 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC697913-F690-4501-A5F3-CECDDF9C789C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>152</Words>
-  <Characters>873</Characters>
+  <Words>146</Words>
+  <Characters>838</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>6</Lines>
+  <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1023</CharactersWithSpaces>
+  <CharactersWithSpaces>983</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>長庚科技學刊稿件申請投稿聲明書</dc:title>
   <dc:subject/>
   <dc:creator>F000001711</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>